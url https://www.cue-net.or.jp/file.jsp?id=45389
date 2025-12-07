--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,2359 +1,2003 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.101.6\192.168.20.202\共有２（disk）\▲△■利用受付■△■\65)行事調整会議\1)行事調整会議用\令和８年度\第１回送付文書\主要行事申込書（施設別）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\黒田　伸一\Desktop\第2回送付文書（送付用\行事申込書主要１\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{956EC679-56DA-4C2B-8B87-BE1FCC9C6239}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{171DF5FD-11C0-444C-877C-4445BF09D6C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1152" yWindow="1092" windowWidth="14892" windowHeight="11868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="主要行事申込書" sheetId="1" r:id="rId1"/>
+    <sheet name="申請書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">主要行事申込書!$B$1:$R$32</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">主要行事申込書!$12:$12</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">申請書!$B$1:$M$30</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">申請書!$14:$14</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+  <si>
+    <t>団体名</t>
+    <rPh sb="0" eb="2">
+      <t>ダンタイ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>事務担当者</t>
+    <rPh sb="0" eb="2">
+      <t>ジム</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>タントウシャ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>住所</t>
+    <rPh sb="0" eb="2">
+      <t>ジュウショ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>月</t>
+    <rPh sb="0" eb="1">
+      <t>ツキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>日</t>
+    <rPh sb="0" eb="1">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>曜</t>
+    <rPh sb="0" eb="1">
+      <t>ヨウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>備　　　考</t>
+    <rPh sb="0" eb="1">
+      <t>トモ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>コウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>行　　事　　名　　（大会名）</t>
+    <rPh sb="0" eb="1">
+      <t>ギョウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>コト</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>タイカイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>NO</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>人数</t>
+    <rPh sb="0" eb="2">
+      <t>ニンズウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>主　催　者</t>
+    <rPh sb="0" eb="1">
+      <t>シュ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>シャ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>A 面</t>
+    <rPh sb="2" eb="3">
+      <t>メン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>B 面</t>
+    <rPh sb="2" eb="3">
+      <t>メン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
   <si>
     <t>【　サッカー場・ラグビー場　】</t>
     <rPh sb="6" eb="7">
       <t>ジョウ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>団体名</t>
-[...26 lines deleted...]
-    <t>電 話番号</t>
+    <t>F A X</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>電 話/携帯</t>
     <rPh sb="0" eb="1">
       <t>デン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ハナシ</t>
     </rPh>
+    <rPh sb="4" eb="5">
+      <t>ケイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>オビ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>主要
+行事</t>
+    <rPh sb="0" eb="2">
+      <t>シュヨウ</t>
+    </rPh>
     <rPh sb="3" eb="5">
-      <t>バンゴウ</t>
-[...81 lines deleted...]
-    <t>主催者NO</t>
+      <t>ギョウジ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>主催者ＮＯ</t>
     <rPh sb="0" eb="3">
       <t>シュサイシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>主　催　者</t>
-[...20 lines deleted...]
-    <rPh sb="2" eb="3">
+    <t>A面はクラブハウス側のコート
+B面は入口から奥のコート</t>
+    <rPh sb="1" eb="2">
       <t>メン</t>
     </rPh>
-    <phoneticPr fontId="2"/>
-[...3 lines deleted...]
-    <rPh sb="2" eb="3">
+    <rPh sb="9" eb="10">
+      <t>ガワ</t>
+    </rPh>
+    <rPh sb="16" eb="17">
       <t>メン</t>
     </rPh>
-    <phoneticPr fontId="2"/>
-[...90 lines deleted...]
-    <rPh sb="16" eb="17">
+    <rPh sb="18" eb="20">
+      <t>イリグチ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>オク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> ■ 主要行事として決定した行事には主要行事欄に○を記入してください。</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> ■「令和８年度主要行事申込書記入要領」、「令和８年度行事申込書作成の留意事項」、「主要行事一覧」、別添資料を
+　　　御確認のうえ、御記入ください。　　　　　 
+                 </t>
+    <rPh sb="42" eb="46">
+      <t>シュヨウギョウジ</t>
+    </rPh>
+    <rPh sb="46" eb="48">
+      <t>イチラン</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ベッテン</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>シリョウ</t>
+    </rPh>
+    <rPh sb="59" eb="62">
+      <t>ゴカクニン</t>
+    </rPh>
+    <rPh sb="66" eb="69">
+      <t>ゴキニュウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> ■ 締切日は1月10日（土）です。</t>
+    <rPh sb="13" eb="14">
       <t>ド</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>・「令和8年度主要行事申込書記入要領」、「令和8年度行事申込書作成の留意事項」等ご記入の際ご注意ください。</t>
-[...226 lines deleted...]
-    </rPh>
+    <t>令　和　８　年　度　行　事　申　込　書
+(県行政機関主催行事、学校体育団体、スポ協加盟団体）</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
-[...32 lines deleted...]
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
-[...15 lines deleted...]
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <i/>
+      <sz val="11"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="thin">
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...5 lines deleted...]
-      <bottom style="hair">
+      <right/>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...2 lines deleted...]
-      </top>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...25 lines deleted...]
-      <bottom style="thin">
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...12 lines deleted...]
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top/>
-      <bottom style="double">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="4" fillId="0" borderId="1" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="56" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...15 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
+  <cellStyles count="17">
+    <cellStyle name="桁区切り" xfId="16" builtinId="6"/>
+    <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="桁区切り 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="桁区切り 3 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
+    <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="標準 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="標準 2 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="標準 2 4" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="標準 2 5" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="標準 3" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="標準 3 2" xfId="10" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="標準 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="標準 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="標準 6" xfId="13" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="標準 7" xfId="14" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="標準 8" xfId="15" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
-[...2 lines deleted...]
-  <dimension ref="A1:AA98"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:R96"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A24" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C33" sqref="C33"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.3984375" style="1" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="24" max="25" width="4.69921875" customWidth="1"/>
+    <col min="1" max="1" width="3.33203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="3.77734375" customWidth="1"/>
+    <col min="3" max="3" width="6.33203125" customWidth="1"/>
+    <col min="4" max="6" width="5" customWidth="1"/>
+    <col min="7" max="7" width="38.44140625" customWidth="1"/>
+    <col min="8" max="8" width="6" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="17.109375" customWidth="1"/>
+    <col min="10" max="10" width="8.6640625" customWidth="1"/>
+    <col min="11" max="11" width="10.109375" customWidth="1"/>
+    <col min="12" max="12" width="10.109375" style="3" customWidth="1"/>
+    <col min="13" max="13" width="11.6640625" customWidth="1"/>
+    <col min="14" max="14" width="10.44140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="3.77734375" style="3" customWidth="1"/>
+    <col min="16" max="16" width="3" style="3" customWidth="1"/>
+    <col min="17" max="17" width="3.77734375" style="3" customWidth="1"/>
+    <col min="18" max="18" width="10.88671875" customWidth="1"/>
+    <col min="19" max="20" width="4.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="C1" s="2" t="s">
+    <row r="1" spans="1:17" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C1" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1" s="23"/>
+      <c r="H1" s="23"/>
+      <c r="I1" s="23"/>
+      <c r="J1" s="23"/>
+      <c r="K1" s="23"/>
+      <c r="L1" s="23"/>
+    </row>
+    <row r="2" spans="1:17" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="23"/>
+      <c r="H2" s="23"/>
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+      <c r="K2" s="23"/>
+      <c r="L2" s="23"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2"/>
+      <c r="Q2"/>
+    </row>
+    <row r="3" spans="1:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="42" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="42"/>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="42"/>
+      <c r="I3" s="42"/>
+      <c r="J3" s="42"/>
+      <c r="K3" s="42"/>
+      <c r="L3" s="42"/>
+      <c r="M3" s="42"/>
+      <c r="N3" s="29"/>
+      <c r="O3" s="29"/>
+      <c r="P3" s="29"/>
+      <c r="Q3" s="29"/>
+    </row>
+    <row r="4" spans="1:17" ht="13.2" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4"/>
+      <c r="B4" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="H1" s="3"/>
-[...51 lines deleted...]
-      <c r="B4" s="40" t="s">
+      <c r="C4" s="58"/>
+      <c r="D4" s="58"/>
+      <c r="E4" s="52"/>
+      <c r="F4" s="53"/>
+      <c r="G4" s="54"/>
+      <c r="H4" s="27"/>
+      <c r="I4" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="41"/>
-[...4 lines deleted...]
-      <c r="H4" s="32" t="s">
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="25"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="20"/>
+      <c r="Q4"/>
+    </row>
+    <row r="5" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5"/>
+      <c r="B5" s="58"/>
+      <c r="C5" s="58"/>
+      <c r="D5" s="58"/>
+      <c r="E5" s="55"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="57"/>
+      <c r="H5" s="28"/>
+      <c r="I5" s="51"/>
+      <c r="J5" s="59"/>
+      <c r="K5" s="59"/>
+      <c r="L5" s="59"/>
+      <c r="M5" s="59"/>
+      <c r="N5" s="25"/>
+      <c r="O5" s="20"/>
+      <c r="P5" s="20"/>
+      <c r="Q5"/>
+    </row>
+    <row r="6" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6"/>
+      <c r="B6" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="I4" s="46"/>
-[...38 lines deleted...]
-      <c r="B6" s="40" t="s">
+      <c r="C6" s="58"/>
+      <c r="D6" s="58"/>
+      <c r="E6" s="34"/>
+      <c r="F6" s="35"/>
+      <c r="G6" s="36"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" s="58"/>
+      <c r="K6" s="58"/>
+      <c r="L6" s="58"/>
+      <c r="M6" s="58"/>
+      <c r="N6" s="26"/>
+      <c r="O6"/>
+      <c r="P6"/>
+      <c r="Q6"/>
+    </row>
+    <row r="7" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7"/>
+      <c r="B7" s="58"/>
+      <c r="C7" s="58"/>
+      <c r="D7" s="58"/>
+      <c r="E7" s="47"/>
+      <c r="F7" s="48"/>
+      <c r="G7" s="49"/>
+      <c r="H7" s="28"/>
+      <c r="I7" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="J7" s="58"/>
+      <c r="K7" s="58"/>
+      <c r="L7" s="58"/>
+      <c r="M7" s="58"/>
+      <c r="N7" s="26"/>
+      <c r="O7"/>
+      <c r="P7"/>
+      <c r="Q7"/>
+    </row>
+    <row r="8" spans="1:17" ht="7.2" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="32"/>
+      <c r="L9"/>
+      <c r="N9"/>
+      <c r="O9"/>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:17" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="40"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="40"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="40"/>
+      <c r="J10" s="40"/>
+      <c r="K10" s="40"/>
+      <c r="L10" s="40"/>
+      <c r="M10" s="40"/>
+      <c r="N10" s="40"/>
+      <c r="O10" s="40"/>
+      <c r="P10" s="40"/>
+    </row>
+    <row r="11" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="33"/>
+      <c r="I11" s="33"/>
+      <c r="J11" s="33"/>
+      <c r="K11" s="33"/>
+      <c r="L11" s="33"/>
+      <c r="M11" s="33"/>
+      <c r="N11" s="33"/>
+      <c r="O11" s="33"/>
+      <c r="P11" s="33"/>
+    </row>
+    <row r="12" spans="1:17" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="7"/>
+      <c r="F12" s="22"/>
+      <c r="G12" s="21"/>
+      <c r="H12" s="21"/>
+      <c r="K12" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="L12" s="39"/>
+      <c r="M12" s="39"/>
+      <c r="O12"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+    </row>
+    <row r="13" spans="1:17" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13"/>
+      <c r="B13" s="60" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="41"/>
-[...4 lines deleted...]
-      <c r="H6" s="8" t="s">
+      <c r="E13" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I6" s="56"/>
-[...20 lines deleted...]
-      <c r="H7" s="8" t="s">
+      <c r="F13" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="56"/>
-[...17 lines deleted...]
-      <c r="F9" s="9" t="s">
+      <c r="G13" s="37" t="s">
+        <v>7</v>
+      </c>
+      <c r="H13" s="45" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="J13" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="K13" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="L13" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="M13" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="G9" s="9"/>
-[...4 lines deleted...]
-      <c r="F10" s="9" t="s">
+      <c r="N13"/>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+    </row>
+    <row r="14" spans="1:17" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14"/>
+      <c r="B14" s="61"/>
+      <c r="C14" s="44"/>
+      <c r="D14" s="37"/>
+      <c r="E14" s="37"/>
+      <c r="F14" s="37"/>
+      <c r="G14" s="37"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="37"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="38"/>
+      <c r="M14" s="37"/>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+    </row>
+    <row r="15" spans="1:17" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15"/>
+      <c r="B15" s="24">
+        <v>1</v>
+      </c>
+      <c r="C15" s="24"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="10"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="11"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="12"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+    </row>
+    <row r="16" spans="1:17" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16"/>
+      <c r="B16" s="24">
+        <v>2</v>
+      </c>
+      <c r="C16" s="24"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="14"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="8"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="4"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="8"/>
+      <c r="N16"/>
+      <c r="O16"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+    </row>
+    <row r="17" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17"/>
+      <c r="B17" s="24">
+        <v>3</v>
+      </c>
+      <c r="C17" s="24"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="14"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="8"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="5"/>
+      <c r="M17" s="8"/>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+    </row>
+    <row r="18" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18"/>
+      <c r="B18" s="24">
+        <v>4</v>
+      </c>
+      <c r="C18" s="24"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="14"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="8"/>
+      <c r="N18"/>
+      <c r="O18"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+    </row>
+    <row r="19" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19"/>
+      <c r="B19" s="24">
+        <v>5</v>
+      </c>
+      <c r="C19" s="24"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="14"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="8"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="8"/>
+      <c r="N19"/>
+      <c r="O19"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+    </row>
+    <row r="20" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20"/>
+      <c r="B20" s="24">
+        <v>6</v>
+      </c>
+      <c r="C20" s="24"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="8"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="8"/>
+      <c r="N20"/>
+      <c r="O20"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+    </row>
+    <row r="21" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21"/>
+      <c r="B21" s="24">
         <v>7</v>
       </c>
-      <c r="G10" s="9"/>
-[...7 lines deleted...]
-      <c r="B11" s="34" t="s">
+      <c r="C21" s="24"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="8"/>
+      <c r="J21" s="9"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="8"/>
+      <c r="N21"/>
+      <c r="O21"/>
+      <c r="P21"/>
+      <c r="Q21"/>
+    </row>
+    <row r="22" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22"/>
+      <c r="B22" s="24">
         <v>8</v>
       </c>
-      <c r="C11" s="36" t="s">
+      <c r="C22" s="24"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="8"/>
+      <c r="N22"/>
+      <c r="O22"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+    </row>
+    <row r="23" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23"/>
+      <c r="B23" s="24">
         <v>9</v>
       </c>
-      <c r="D11" s="36" t="s">
+      <c r="C23" s="24"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="8"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="8"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+    </row>
+    <row r="24" spans="1:18" s="2" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="24">
         <v>10</v>
       </c>
-      <c r="E11" s="36" t="s">
+      <c r="C24" s="24"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="8"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="8"/>
+    </row>
+    <row r="25" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25"/>
+      <c r="B25" s="24">
         <v>11</v>
       </c>
-      <c r="F11" s="36" t="s">
+      <c r="C25" s="24"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="8"/>
+      <c r="J25" s="9"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="8"/>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+    </row>
+    <row r="26" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26"/>
+      <c r="B26" s="24">
         <v>12</v>
       </c>
-      <c r="G11" s="37" t="s">
+      <c r="C26" s="24"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="4"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="8"/>
+      <c r="N26"/>
+      <c r="O26"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+    </row>
+    <row r="27" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27"/>
+      <c r="B27" s="24">
         <v>13</v>
       </c>
-      <c r="H11" s="36" t="s">
+      <c r="C27" s="24"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="8"/>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+    </row>
+    <row r="28" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28"/>
+      <c r="B28" s="24">
         <v>14</v>
       </c>
-      <c r="I11" s="39" t="s">
+      <c r="C28" s="24"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="8"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="4"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="8"/>
+      <c r="N28"/>
+      <c r="O28"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+    </row>
+    <row r="29" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29"/>
+      <c r="B29" s="24">
         <v>15</v>
       </c>
-      <c r="J11" s="39" t="s">
-[...441 lines deleted...]
-      <c r="F29" s="28"/>
+      <c r="C29" s="24"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
+      <c r="G29" s="13"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="9"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="8"/>
+      <c r="N29"/>
+      <c r="O29"/>
+      <c r="P29"/>
       <c r="Q29"/>
-      <c r="S29" s="25"/>
-[...35 lines deleted...]
-    <row r="31" spans="1:27" ht="16.95" customHeight="1" x14ac:dyDescent="0.45">
+    </row>
+    <row r="30" spans="1:18" ht="36.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L30" s="15"/>
+      <c r="M30" s="16"/>
+    </row>
+    <row r="31" spans="1:18" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31"/>
-      <c r="C31" s="30" t="s">
-[...159 lines deleted...]
-    <row r="98" ht="19.95" customHeight="1" x14ac:dyDescent="0.45"/>
+      <c r="B31" s="6"/>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="J31" s="1"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="R31" s="3"/>
+    </row>
+    <row r="32" spans="1:18" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J32" s="1"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="16"/>
+      <c r="R32" s="3"/>
+    </row>
+    <row r="33" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L33" s="15"/>
+      <c r="M33" s="16"/>
+    </row>
+    <row r="34" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L34" s="15"/>
+      <c r="M34" s="16"/>
+    </row>
+    <row r="35" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L35" s="15"/>
+      <c r="M35" s="16"/>
+    </row>
+    <row r="36" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L36" s="15"/>
+      <c r="M36" s="16"/>
+    </row>
+    <row r="37" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L37" s="15"/>
+      <c r="M37" s="16"/>
+    </row>
+    <row r="38" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L38" s="15"/>
+      <c r="M38" s="16"/>
+    </row>
+    <row r="39" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L39" s="15"/>
+      <c r="M39" s="16"/>
+    </row>
+    <row r="40" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L40" s="15"/>
+      <c r="M40" s="16"/>
+    </row>
+    <row r="41" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="12:13" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="12:13" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="22">
-[...21 lines deleted...]
-    <mergeCell ref="Q11:Q12"/>
+  <mergeCells count="25">
+    <mergeCell ref="B3:M3"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="H13:H14"/>
+    <mergeCell ref="E7:G7"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="E4:G5"/>
+    <mergeCell ref="B4:D5"/>
+    <mergeCell ref="B6:D7"/>
+    <mergeCell ref="J4:M5"/>
+    <mergeCell ref="J6:M6"/>
+    <mergeCell ref="J7:M7"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="M13:M14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E6:G6"/>
+    <mergeCell ref="I13:I14"/>
+    <mergeCell ref="J13:J14"/>
+    <mergeCell ref="K13:K14"/>
+    <mergeCell ref="L13:L14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="K12:M12"/>
+    <mergeCell ref="C10:P10"/>
+    <mergeCell ref="C11:G11"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
-  <pageMargins left="0.70866141732283472" right="1.3385826771653544" top="0.35433070866141736" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="65" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.35433070866141736" top="0.35433070866141736" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>主要行事申込書</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>主要行事申込書!Print_Titles</vt:lpstr>
+      <vt:lpstr>申請書</vt:lpstr>
+      <vt:lpstr>申請書!Print_Area</vt:lpstr>
+      <vt:lpstr>申請書!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>千葉県まちづくり公社</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>管理者</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>