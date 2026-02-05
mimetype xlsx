--- v0 (2025-10-21)
+++ v1 (2026-02-05)
@@ -1,2142 +1,1936 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.101.6\192.168.20.202\共有２（disk）\▲△■利用受付■△■\65)行事調整会議\1)行事調整会議用\令和８年度\第１回送付文書\主要行事申込書（施設別）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\黒田　伸一\Desktop\第2回送付文書（送付用\行事申込書主要１\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBEF446D-BE13-47E7-910A-89105297E4C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A1E57D43-AFF0-47A2-8725-67F537809F26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2304" yWindow="1092" windowWidth="14892" windowHeight="11868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="主要行事申込書" sheetId="1" r:id="rId1"/>
+    <sheet name="申請書" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">主要行事申込書!$B$1:$K$31</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">主要行事申込書!$11:$11</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">申請書!$B$1:$L$30</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">申請書!$14:$14</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
-[...4 lines deleted...]
-  </extLst>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
-[...12 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>団体名</t>
     <rPh sb="0" eb="2">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>事務担当者</t>
     <rPh sb="0" eb="2">
       <t>ジム</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>タントウシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>住所</t>
     <rPh sb="0" eb="2">
       <t>ジュウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>電 話番号</t>
+    <t>月</t>
     <rPh sb="0" eb="1">
-      <t>デン</t>
-[...5 lines deleted...]
-      <t>バンゴウ</t>
+      <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>携帯番号</t>
-[...4 lines deleted...]
-      <t>バンゴウ</t>
+    <t>日</t>
+    <rPh sb="0" eb="1">
+      <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>■ 利用希望の施設に○を記入して下さい。</t>
-[...13 lines deleted...]
-      <t>クダ</t>
+    <t>曜</t>
+    <rPh sb="0" eb="1">
+      <t>ヨウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>備　　　考</t>
+    <rPh sb="0" eb="1">
+      <t>トモ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>コウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>行　　事　　名　　（大会名）</t>
+    <rPh sb="0" eb="1">
+      <t>ギョウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>コト</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>メイ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>タイカイ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>メイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>NO</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>月</t>
-[...41 lines deleted...]
-      <t>シュサイシャ</t>
+    <t>人数</t>
+    <rPh sb="0" eb="2">
+      <t>ニンズウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>主　催　者</t>
     <rPh sb="0" eb="1">
       <t>シュ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>サイ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>シャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>人数</t>
-[...1 lines deleted...]
-      <t>ニンズウ</t>
+    <t>【　野　球　場　】</t>
+    <rPh sb="2" eb="3">
+      <t>ヤ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>タマ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>備　　　考</t>
+    <t>電 話/携帯</t>
     <rPh sb="0" eb="1">
-      <t>トモ</t>
+      <t>デン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ハナシ</t>
     </rPh>
     <rPh sb="4" eb="5">
-      <t>コウ</t>
+      <t>ケイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>オビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>上部大会名</t>
-[...8 lines deleted...]
-    </rPh>
+    <t>F A X</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>・定期休所日、臨時休所日、年末・年始休所日（12月28日～1月4日）</t>
-[...49 lines deleted...]
-      <t>ヒ</t>
+    <t>主要
+行事</t>
+    <rPh sb="0" eb="2">
+      <t>シュヨウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ギョウジ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t xml:space="preserve">    ■ 締切日は11月１日（土）です。</t>
-[...10 lines deleted...]
-      <t>ド</t>
+    <t>主催者ＮＯ</t>
+    <rPh sb="0" eb="3">
+      <t>シュサイシャ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>・「令和8年度主要行事申込書記入要領」、「令和8年度行事申込書作成の留意事項」等ご記入の際ご注意ください。</t>
-[...59 lines deleted...]
-    </rPh>
+    <t xml:space="preserve"> ■ 主要行事として決定した行事には主要行事欄に○を記入してください。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <r>
-[...76 lines deleted...]
-      <t>タイカイ</t>
+    <t xml:space="preserve"> ■「令和８年度主要行事申込書記入要領」、「令和８年度行事申込書作成の留意事項」、「主要行事一覧」、別添資料を
+　　　御確認のうえ、御記入ください。　　　　　 
+                 </t>
+    <rPh sb="42" eb="46">
+      <t>シュヨウギョウジ</t>
     </rPh>
     <rPh sb="46" eb="48">
-      <t>イジョウ</t>
-[...17 lines deleted...]
-      <t>カイギ</t>
+      <t>イチラン</t>
+    </rPh>
+    <rPh sb="50" eb="52">
+      <t>ベッテン</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>シリョウ</t>
+    </rPh>
+    <rPh sb="59" eb="62">
+      <t>ゴカクニン</t>
+    </rPh>
+    <rPh sb="66" eb="69">
+      <t>ゴキニュウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>・施設開放日（第3日曜日、県民の日、スポーツの日）、令和9年2月6日に行事調整会議を予定していますので行事を入れないでください。</t>
-[...59 lines deleted...]
-    </rPh>
+    <t xml:space="preserve"> ■ 締切日は1月10日（土）です。</t>
+    <rPh sb="13" eb="14">
+      <t>ド</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>令　和　８　年　度　行　事　申　込　書
+(県行政機関主催行事、学校体育団体、スポ協加盟団体）</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
-[...23 lines deleted...]
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
-[...7 lines deleted...]
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="游ゴシック"/>
+      <b/>
+      <sz val="11"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <i/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="游ゴシック"/>
+      <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="thin">
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
-        <color indexed="64"/>
-[...52 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="hair">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...7 lines deleted...]
-      <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="4" fillId="0" borderId="1" xfId="16" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="56" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="38" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...126 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
+  <cellStyles count="17">
+    <cellStyle name="桁区切り" xfId="16" builtinId="6"/>
+    <cellStyle name="桁区切り 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="桁区切り 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="桁区切り 3 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
+    <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="標準 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="標準 2 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="標準 2 4" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="標準 2 5" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="標準 3" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="標準 3 2" xfId="10" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="標準 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="標準 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="標準 6" xfId="13" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="標準 7" xfId="14" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="標準 8" xfId="15" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AA97"/>
+  <sheetPr codeName="Sheet1"/>
+  <dimension ref="A1:Q96"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A22" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C31" sqref="C31"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4:D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.3984375" style="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="17" max="18" width="4.69921875" customWidth="1"/>
+    <col min="1" max="1" width="3.33203125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="3.77734375" customWidth="1"/>
+    <col min="3" max="3" width="6.33203125" customWidth="1"/>
+    <col min="4" max="6" width="5" customWidth="1"/>
+    <col min="7" max="7" width="38.6640625" customWidth="1"/>
+    <col min="8" max="8" width="5.77734375" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="17.33203125" customWidth="1"/>
+    <col min="10" max="10" width="14.21875" style="3" customWidth="1"/>
+    <col min="11" max="11" width="13.88671875" customWidth="1"/>
+    <col min="12" max="12" width="10.44140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="3.77734375" style="3" customWidth="1"/>
+    <col min="14" max="14" width="3" style="3" customWidth="1"/>
+    <col min="15" max="15" width="3.77734375" style="3" customWidth="1"/>
+    <col min="16" max="16" width="10.88671875" customWidth="1"/>
+    <col min="17" max="18" width="4.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="M2" s="5"/>
+    <row r="1" spans="1:17" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C1" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+    </row>
+    <row r="2" spans="1:17" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
       <c r="N2"/>
       <c r="O2"/>
     </row>
-    <row r="3" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...11 lines deleted...]
-      <c r="K3" s="31"/>
+    <row r="3" spans="1:17" ht="40.200000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
       <c r="L3" s="30"/>
-      <c r="M3" s="30"/>
-[...12 lines deleted...]
-      <c r="B4" s="32" t="s">
+      <c r="M3" s="25"/>
+      <c r="N3" s="25"/>
+      <c r="O3" s="25"/>
+      <c r="P3" s="25"/>
+      <c r="Q3" s="25"/>
+    </row>
+    <row r="4" spans="1:17" ht="13.2" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4"/>
+      <c r="B4" s="47" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="23"/>
+      <c r="I4" s="39" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="33"/>
-[...4 lines deleted...]
-      <c r="H4" s="46" t="s">
+      <c r="J4" s="48"/>
+      <c r="K4" s="48"/>
+      <c r="L4" s="48"/>
+      <c r="M4" s="16"/>
+      <c r="N4" s="17"/>
+      <c r="O4"/>
+    </row>
+    <row r="5" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5"/>
+      <c r="B5" s="47"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="24"/>
+      <c r="I5" s="40"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+      <c r="M5" s="17"/>
+      <c r="N5" s="17"/>
+      <c r="O5"/>
+    </row>
+    <row r="6" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6"/>
+      <c r="B6" s="47" t="s">
         <v>2</v>
       </c>
-      <c r="I4" s="48"/>
-[...37 lines deleted...]
-      <c r="L6"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="49"/>
+      <c r="F6" s="50"/>
+      <c r="G6" s="51"/>
+      <c r="H6" s="23"/>
+      <c r="I6" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="47"/>
+      <c r="K6" s="47"/>
+      <c r="L6" s="47"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
     </row>
-    <row r="7" spans="1:23" ht="27" customHeight="1" x14ac:dyDescent="0.45">
-[...11 lines deleted...]
-      <c r="L7"/>
+    <row r="7" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="47"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="52"/>
+      <c r="F7" s="53"/>
+      <c r="G7" s="54"/>
+      <c r="H7" s="24"/>
+      <c r="I7" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="47"/>
+      <c r="K7" s="47"/>
+      <c r="L7" s="47"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
     </row>
-    <row r="8" spans="1:23" ht="7.2" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:17" ht="7.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J8"/>
     </row>
-    <row r="9" spans="1:23" ht="19.95" customHeight="1" x14ac:dyDescent="0.45">
-[...5 lines deleted...]
-      </c>
+    <row r="9" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="28"/>
+      <c r="J9"/>
+      <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
     </row>
-    <row r="10" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...67 lines deleted...]
-      <c r="L12"/>
+    <row r="10" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="59" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="59"/>
+      <c r="E10" s="59"/>
+      <c r="F10" s="59"/>
+      <c r="G10" s="59"/>
+      <c r="H10" s="59"/>
+      <c r="I10" s="59"/>
+      <c r="J10" s="59"/>
+      <c r="K10" s="59"/>
+      <c r="L10" s="59"/>
+      <c r="M10" s="59"/>
+      <c r="N10" s="59"/>
+      <c r="O10" s="59"/>
+      <c r="P10" s="59"/>
+    </row>
+    <row r="11" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="60"/>
+      <c r="E11" s="60"/>
+      <c r="F11" s="60"/>
+      <c r="G11" s="60"/>
+      <c r="H11" s="29"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="29"/>
+      <c r="M11" s="29"/>
+      <c r="N11" s="29"/>
+      <c r="O11" s="29"/>
+      <c r="P11" s="29"/>
+    </row>
+    <row r="12" spans="1:17" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="5"/>
+      <c r="F12" s="5"/>
+      <c r="G12" s="18"/>
+      <c r="H12" s="18"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
     </row>
-    <row r="13" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L13"/>
+    <row r="13" spans="1:17" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="31"/>
+      <c r="B13" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="E13" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="F13" s="32" t="s">
+        <v>5</v>
+      </c>
+      <c r="G13" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="H13" s="55" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="62" t="s">
+        <v>10</v>
+      </c>
+      <c r="J13" s="63"/>
+      <c r="K13" s="61" t="s">
+        <v>9</v>
+      </c>
+      <c r="L13" s="32" t="s">
+        <v>6</v>
+      </c>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
     </row>
-    <row r="14" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L14"/>
+    <row r="14" spans="1:17" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="31"/>
+      <c r="B14" s="34"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="56"/>
+      <c r="I14" s="64"/>
+      <c r="J14" s="65"/>
+      <c r="K14" s="61"/>
+      <c r="L14" s="32"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
     </row>
-    <row r="15" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L15"/>
+    <row r="15" spans="1:17" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="2"/>
+      <c r="B15" s="22">
+        <v>1</v>
+      </c>
+      <c r="C15" s="22"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="8"/>
+      <c r="H15" s="8"/>
+      <c r="I15" s="57"/>
+      <c r="J15" s="58"/>
+      <c r="K15" s="9"/>
+      <c r="L15" s="10"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
     </row>
-    <row r="16" spans="1:23" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L16"/>
+    <row r="16" spans="1:17" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="21"/>
+      <c r="B16" s="22">
+        <v>2</v>
+      </c>
+      <c r="C16" s="22"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="58"/>
+      <c r="K16" s="7"/>
+      <c r="L16" s="6"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
     </row>
-    <row r="17" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L17"/>
+    <row r="17" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="21"/>
+      <c r="B17" s="22">
+        <v>3</v>
+      </c>
+      <c r="C17" s="22"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="11"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="57"/>
+      <c r="J17" s="58"/>
+      <c r="K17" s="7"/>
+      <c r="L17" s="6"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
     </row>
-    <row r="18" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L18"/>
+    <row r="18" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="21"/>
+      <c r="B18" s="22">
+        <v>4</v>
+      </c>
+      <c r="C18" s="22"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="57"/>
+      <c r="J18" s="58"/>
+      <c r="K18" s="7"/>
+      <c r="L18" s="6"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
     </row>
-    <row r="19" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L19"/>
+    <row r="19" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="21"/>
+      <c r="B19" s="22">
+        <v>5</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="57"/>
+      <c r="J19" s="58"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="6"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
     </row>
-    <row r="20" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L20"/>
+    <row r="20" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="21"/>
+      <c r="B20" s="22">
+        <v>6</v>
+      </c>
+      <c r="C20" s="22"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="57"/>
+      <c r="J20" s="58"/>
+      <c r="K20" s="7"/>
+      <c r="L20" s="6"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
     </row>
-    <row r="21" spans="1:27" s="11" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...28 lines deleted...]
-      <c r="L22"/>
+    <row r="21" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="21"/>
+      <c r="B21" s="22">
+        <v>7</v>
+      </c>
+      <c r="C21" s="22"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="57"/>
+      <c r="J21" s="58"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="6"/>
+      <c r="M21"/>
+      <c r="N21"/>
+      <c r="O21"/>
+    </row>
+    <row r="22" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="21"/>
+      <c r="B22" s="22">
+        <v>8</v>
+      </c>
+      <c r="C22" s="22"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="57"/>
+      <c r="J22" s="58"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="6"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
     </row>
-    <row r="23" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L23"/>
+    <row r="23" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="21"/>
+      <c r="B23" s="22">
+        <v>9</v>
+      </c>
+      <c r="C23" s="22"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="57"/>
+      <c r="J23" s="58"/>
+      <c r="K23" s="7"/>
+      <c r="L23" s="6"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
     </row>
-    <row r="24" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...32 lines deleted...]
-      <c r="L25"/>
+    <row r="24" spans="1:16" s="2" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="21"/>
+      <c r="B24" s="22">
+        <v>10</v>
+      </c>
+      <c r="C24" s="22"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+      <c r="G24" s="11"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="57"/>
+      <c r="J24" s="58"/>
+      <c r="K24" s="7"/>
+      <c r="L24" s="6"/>
+    </row>
+    <row r="25" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="21"/>
+      <c r="B25" s="22">
+        <v>11</v>
+      </c>
+      <c r="C25" s="22"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="57"/>
+      <c r="J25" s="58"/>
+      <c r="K25" s="7"/>
+      <c r="L25" s="6"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
     </row>
-    <row r="26" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.45">
-[...13 lines deleted...]
-      <c r="L26"/>
+    <row r="26" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="21"/>
+      <c r="B26" s="22">
+        <v>12</v>
+      </c>
+      <c r="C26" s="22"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="11"/>
+      <c r="F26" s="11"/>
+      <c r="G26" s="11"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="57"/>
+      <c r="J26" s="58"/>
+      <c r="K26" s="7"/>
+      <c r="L26" s="6"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
     </row>
-    <row r="27" spans="1:27" ht="8.4" customHeight="1" x14ac:dyDescent="0.45">
-[...12 lines deleted...]
-      <c r="L28"/>
+    <row r="27" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="21"/>
+      <c r="B27" s="22">
+        <v>13</v>
+      </c>
+      <c r="C27" s="22"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="11"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="57"/>
+      <c r="J27" s="58"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="6"/>
+      <c r="M27"/>
+      <c r="N27"/>
+      <c r="O27"/>
+    </row>
+    <row r="28" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="21"/>
+      <c r="B28" s="22">
+        <v>14</v>
+      </c>
+      <c r="C28" s="22"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="11"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="57"/>
+      <c r="J28" s="58"/>
+      <c r="K28" s="7"/>
+      <c r="L28" s="6"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
-      <c r="S28" s="23"/>
-[...64 lines deleted...]
-    <row r="31" spans="1:27" ht="16.95" customHeight="1" x14ac:dyDescent="0.45">
+    </row>
+    <row r="29" spans="1:16" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="21"/>
+      <c r="B29" s="22">
+        <v>15</v>
+      </c>
+      <c r="C29" s="22"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="11"/>
+      <c r="G29" s="11"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="57"/>
+      <c r="J29" s="58"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="6"/>
+      <c r="M29"/>
+      <c r="N29"/>
+      <c r="O29"/>
+    </row>
+    <row r="30" spans="1:16" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J30" s="13"/>
+      <c r="K30" s="14"/>
+    </row>
+    <row r="31" spans="1:16" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31"/>
-      <c r="C31" s="28" t="s">
-[...128 lines deleted...]
-    <row r="97" ht="19.95" customHeight="1" x14ac:dyDescent="0.45"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="14"/>
+      <c r="P31" s="3"/>
+    </row>
+    <row r="32" spans="1:16" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J32" s="14"/>
+      <c r="K32" s="14"/>
+      <c r="P32" s="3"/>
+    </row>
+    <row r="33" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J33" s="13"/>
+      <c r="K33" s="14"/>
+    </row>
+    <row r="34" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J34" s="13"/>
+      <c r="K34" s="14"/>
+    </row>
+    <row r="35" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J35" s="13"/>
+      <c r="K35" s="14"/>
+    </row>
+    <row r="36" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J36" s="13"/>
+      <c r="K36" s="14"/>
+    </row>
+    <row r="37" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J37" s="13"/>
+      <c r="K37" s="14"/>
+    </row>
+    <row r="38" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J38" s="13"/>
+      <c r="K38" s="14"/>
+    </row>
+    <row r="39" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J39" s="13"/>
+      <c r="K39" s="14"/>
+    </row>
+    <row r="40" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J40" s="13"/>
+      <c r="K40" s="14"/>
+    </row>
+    <row r="41" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="10:11" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="10:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="73" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="74" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="75" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="77" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="82" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="91" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="92" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="93" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="94" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="95" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="96" ht="19.95" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="21">
-[...20 lines deleted...]
-    <mergeCell ref="I4:J5"/>
+  <mergeCells count="38">
+    <mergeCell ref="I29:J29"/>
+    <mergeCell ref="K13:K14"/>
+    <mergeCell ref="I13:J14"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="I20:J20"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="I26:J26"/>
+    <mergeCell ref="H13:H14"/>
+    <mergeCell ref="I27:J27"/>
+    <mergeCell ref="B6:D7"/>
+    <mergeCell ref="J7:L7"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="C10:P10"/>
+    <mergeCell ref="C11:G11"/>
+    <mergeCell ref="B3:L3"/>
+    <mergeCell ref="A13:A14"/>
+    <mergeCell ref="L13:L14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="E4:G5"/>
+    <mergeCell ref="B4:D5"/>
+    <mergeCell ref="J4:L5"/>
+    <mergeCell ref="J6:L6"/>
+    <mergeCell ref="E6:G6"/>
+    <mergeCell ref="E7:G7"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
-  <pageMargins left="0.70866141732283472" right="0.35433070866141736" top="0.37" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.55118110236220474" top="0.35433070866141736" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>主要行事申込書</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>主要行事申込書!Print_Titles</vt:lpstr>
+      <vt:lpstr>申請書</vt:lpstr>
+      <vt:lpstr>申請書!Print_Area</vt:lpstr>
+      <vt:lpstr>申請書!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>千葉県まちづくり公社</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>管理者</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>