--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -1,72 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.101.6\192.168.108.99\東総共有\川島BOX\テニス関連\自主事業つばき杯\つばき杯共通資料\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{78D8ACCE-415D-48D0-9774-D4D5996C9685}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C2ACD047-8CDF-45C0-84A0-CDB9649A6F28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="団体申込用紙" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="Sheet3" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="52">
   <si>
     <t>参加種目</t>
     <rPh sb="0" eb="2">
       <t>サンカ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シュモク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> ①</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> ②</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> ③</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> ④</t>
     <phoneticPr fontId="1"/>
@@ -896,132 +894,56 @@
         <color theme="1"/>
         <rFont val="HG丸ｺﾞｼｯｸM-PRO"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="HG丸ｺﾞｼｯｸM-PRO"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>　　　　　男子ダブルス　　・　　女子ダブルス　　・　　ミックスダブルス</t>
     </r>
     <rPh sb="7" eb="9">
       <t>ダンシ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ジョシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
-  <si>
-[...74 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -1173,73 +1095,66 @@
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="HG丸ｺﾞｼｯｸM-PRO"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="50">
+  <borders count="44">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -1696,122 +1611,60 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...60 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
@@ -1909,50 +1762,164 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1969,313 +1936,103 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1">
-      <alignment vertical="center"/>
-[...178 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>352424</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>828675</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="円/楕円 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
             </a:ext>
           </a:extLst>
@@ -2662,727 +2419,723 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:L136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="O8" sqref="O8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.44140625" customWidth="1"/>
     <col min="3" max="3" width="2" customWidth="1"/>
     <col min="4" max="4" width="5.77734375" customWidth="1"/>
     <col min="5" max="5" width="8.109375" customWidth="1"/>
     <col min="6" max="6" width="5" customWidth="1"/>
     <col min="7" max="7" width="5.88671875" customWidth="1"/>
     <col min="8" max="8" width="4.88671875" customWidth="1"/>
     <col min="9" max="9" width="5" customWidth="1"/>
     <col min="10" max="10" width="11.21875" customWidth="1"/>
     <col min="11" max="11" width="5" customWidth="1"/>
     <col min="12" max="12" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="23.4" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="I2" s="47" t="s">
+      <c r="I2" s="85" t="s">
         <v>13</v>
       </c>
-      <c r="J2" s="48"/>
-      <c r="K2" s="49" t="s">
+      <c r="J2" s="86"/>
+      <c r="K2" s="87" t="s">
         <v>14</v>
       </c>
-      <c r="L2" s="48"/>
+      <c r="L2" s="86"/>
     </row>
     <row r="3" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="52" t="s">
+      <c r="A3" s="90" t="s">
         <v>42</v>
       </c>
-      <c r="B3" s="52"/>
-[...9 lines deleted...]
-      <c r="L3" s="53"/>
+      <c r="B3" s="90"/>
+      <c r="C3" s="90"/>
+      <c r="D3" s="90"/>
+      <c r="E3" s="90"/>
+      <c r="F3" s="90"/>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="90"/>
+      <c r="J3" s="91"/>
+      <c r="K3" s="91"/>
+      <c r="L3" s="91"/>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="54" t="s">
+      <c r="A5" s="92" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="54"/>
-[...9 lines deleted...]
-      <c r="L5" s="54"/>
+      <c r="B5" s="92"/>
+      <c r="C5" s="92"/>
+      <c r="D5" s="92"/>
+      <c r="E5" s="92"/>
+      <c r="F5" s="92"/>
+      <c r="G5" s="92"/>
+      <c r="H5" s="92"/>
+      <c r="I5" s="92"/>
+      <c r="J5" s="92"/>
+      <c r="K5" s="92"/>
+      <c r="L5" s="92"/>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="55" t="s">
+      <c r="A6" s="93" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="55"/>
-[...9 lines deleted...]
-      <c r="L6" s="55"/>
+      <c r="B6" s="93"/>
+      <c r="C6" s="93"/>
+      <c r="D6" s="93"/>
+      <c r="E6" s="93"/>
+      <c r="F6" s="93"/>
+      <c r="G6" s="93"/>
+      <c r="H6" s="93"/>
+      <c r="I6" s="93"/>
+      <c r="J6" s="93"/>
+      <c r="K6" s="93"/>
+      <c r="L6" s="93"/>
     </row>
     <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="104" t="s">
+      <c r="A7" s="50" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="105"/>
-[...9 lines deleted...]
-      <c r="L7" s="105"/>
+      <c r="B7" s="51"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+      <c r="H7" s="51"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="51"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
     </row>
     <row r="8" spans="1:12" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="45"/>
       <c r="B8" s="46"/>
       <c r="C8" s="46"/>
       <c r="D8" s="46"/>
       <c r="E8" s="46"/>
       <c r="F8" s="46"/>
       <c r="G8" s="46"/>
       <c r="H8" s="46"/>
       <c r="I8" s="46"/>
       <c r="J8" s="46"/>
       <c r="K8" s="46"/>
       <c r="L8" s="46"/>
     </row>
     <row r="9" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="70" t="s">
+      <c r="B9" s="106" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="71"/>
-[...8 lines deleted...]
-      <c r="L9" s="72"/>
+      <c r="C9" s="107"/>
+      <c r="D9" s="107"/>
+      <c r="E9" s="107"/>
+      <c r="F9" s="107"/>
+      <c r="G9" s="107"/>
+      <c r="H9" s="107"/>
+      <c r="I9" s="107"/>
+      <c r="J9" s="107"/>
+      <c r="K9" s="107"/>
+      <c r="L9" s="108"/>
     </row>
     <row r="10" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="B10" s="73" t="s">
+      <c r="B10" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="C10" s="74"/>
-[...8 lines deleted...]
-      <c r="L10" s="75"/>
+      <c r="C10" s="110"/>
+      <c r="D10" s="110"/>
+      <c r="E10" s="110"/>
+      <c r="F10" s="110"/>
+      <c r="G10" s="110"/>
+      <c r="H10" s="110"/>
+      <c r="I10" s="110"/>
+      <c r="J10" s="110"/>
+      <c r="K10" s="110"/>
+      <c r="L10" s="111"/>
     </row>
     <row r="11" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="32" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="64" t="s">
+      <c r="B11" s="102" t="s">
         <v>48</v>
       </c>
-      <c r="C11" s="65"/>
-[...4 lines deleted...]
-      <c r="H11" s="66"/>
+      <c r="C11" s="103"/>
+      <c r="D11" s="103"/>
+      <c r="E11" s="103"/>
+      <c r="F11" s="103"/>
+      <c r="G11" s="103"/>
+      <c r="H11" s="104"/>
       <c r="I11" s="38" t="s">
         <v>10</v>
       </c>
       <c r="J11" s="40" t="s">
         <v>12</v>
       </c>
       <c r="K11" s="38" t="s">
         <v>11</v>
       </c>
       <c r="L11" s="39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="32" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="56" t="s">
+      <c r="B12" s="94" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="57"/>
-[...8 lines deleted...]
-      <c r="L12" s="59"/>
+      <c r="C12" s="95"/>
+      <c r="D12" s="95"/>
+      <c r="E12" s="95"/>
+      <c r="F12" s="96"/>
+      <c r="G12" s="96"/>
+      <c r="H12" s="96"/>
+      <c r="I12" s="96"/>
+      <c r="J12" s="96"/>
+      <c r="K12" s="96"/>
+      <c r="L12" s="97"/>
     </row>
     <row r="13" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="60" t="s">
+      <c r="B13" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="61"/>
-[...6 lines deleted...]
-      <c r="J13" s="60" t="s">
+      <c r="C13" s="99"/>
+      <c r="D13" s="99"/>
+      <c r="E13" s="99"/>
+      <c r="F13" s="99"/>
+      <c r="G13" s="99"/>
+      <c r="H13" s="99"/>
+      <c r="I13" s="100"/>
+      <c r="J13" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="K13" s="61"/>
-      <c r="L13" s="63"/>
+      <c r="K13" s="99"/>
+      <c r="L13" s="101"/>
     </row>
     <row r="14" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="82" t="s">
+      <c r="A14" s="112" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="68"/>
-[...1 lines deleted...]
-      <c r="D14" s="68"/>
+      <c r="B14" s="48"/>
+      <c r="C14" s="48"/>
+      <c r="D14" s="48"/>
       <c r="E14" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="F14" s="67" t="s">
+      <c r="F14" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="G14" s="68"/>
-[...1 lines deleted...]
-      <c r="I14" s="67" t="s">
+      <c r="G14" s="48"/>
+      <c r="H14" s="49"/>
+      <c r="I14" s="47" t="s">
         <v>17</v>
       </c>
-      <c r="J14" s="68"/>
-[...1 lines deleted...]
-      <c r="L14" s="69"/>
+      <c r="J14" s="48"/>
+      <c r="K14" s="48"/>
+      <c r="L14" s="105"/>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="83" t="s" ph="1">
+      <c r="A15" s="113" t="s" ph="1">
         <v>34</v>
       </c>
-      <c r="B15" s="77"/>
-[...2 lines deleted...]
-      <c r="E15" s="50" ph="1">
+      <c r="B15" s="56"/>
+      <c r="C15" s="56"/>
+      <c r="D15" s="114"/>
+      <c r="E15" s="88" ph="1">
         <v>16</v>
       </c>
-      <c r="F15" s="90" t="s">
+      <c r="F15" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="G15" s="91"/>
-[...1 lines deleted...]
-      <c r="I15" s="76" t="s">
+      <c r="G15" s="79"/>
+      <c r="H15" s="80"/>
+      <c r="I15" s="55" t="s">
         <v>32</v>
       </c>
-      <c r="J15" s="77"/>
-[...1 lines deleted...]
-      <c r="L15" s="78"/>
+      <c r="J15" s="56"/>
+      <c r="K15" s="56"/>
+      <c r="L15" s="57"/>
     </row>
     <row r="16" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="85"/>
-[...10 lines deleted...]
-      <c r="L16" s="81"/>
+      <c r="A16" s="70"/>
+      <c r="B16" s="65"/>
+      <c r="C16" s="65"/>
+      <c r="D16" s="115"/>
+      <c r="E16" s="89"/>
+      <c r="F16" s="81"/>
+      <c r="G16" s="82"/>
+      <c r="H16" s="83"/>
+      <c r="I16" s="58"/>
+      <c r="J16" s="59"/>
+      <c r="K16" s="59"/>
+      <c r="L16" s="60"/>
     </row>
     <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="88" t="s">
+      <c r="A17" s="67" t="s">
         <v>1</v>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="23"/>
       <c r="F17" s="8"/>
       <c r="G17" s="9"/>
       <c r="H17" s="10"/>
-      <c r="I17" s="76" t="s">
+      <c r="I17" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="J17" s="77"/>
-[...1 lines deleted...]
-      <c r="L17" s="78"/>
+      <c r="J17" s="56"/>
+      <c r="K17" s="56"/>
+      <c r="L17" s="57"/>
     </row>
     <row r="18" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="89"/>
+      <c r="A18" s="68"/>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="24"/>
       <c r="F18" s="11"/>
       <c r="G18" s="12"/>
       <c r="H18" s="13"/>
-      <c r="I18" s="79"/>
-[...2 lines deleted...]
-      <c r="L18" s="81"/>
+      <c r="I18" s="58"/>
+      <c r="J18" s="59"/>
+      <c r="K18" s="59"/>
+      <c r="L18" s="60"/>
     </row>
     <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="96" t="s">
+      <c r="A19" s="69" t="s">
         <v>2</v>
       </c>
       <c r="B19" s="20"/>
       <c r="C19" s="20"/>
       <c r="D19" s="20"/>
       <c r="E19" s="25"/>
       <c r="F19" s="14"/>
       <c r="G19" s="15"/>
       <c r="H19" s="16"/>
-      <c r="I19" s="98" t="s">
+      <c r="I19" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="J19" s="99"/>
-[...1 lines deleted...]
-      <c r="L19" s="100"/>
+      <c r="J19" s="62"/>
+      <c r="K19" s="62"/>
+      <c r="L19" s="63"/>
     </row>
     <row r="20" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="85"/>
+      <c r="A20" s="70"/>
       <c r="B20" s="21"/>
       <c r="C20" s="21"/>
       <c r="D20" s="21"/>
       <c r="E20" s="26"/>
       <c r="F20" s="17"/>
       <c r="G20" s="18"/>
       <c r="H20" s="19"/>
-      <c r="I20" s="101"/>
-[...2 lines deleted...]
-      <c r="L20" s="102"/>
+      <c r="I20" s="64"/>
+      <c r="J20" s="65"/>
+      <c r="K20" s="65"/>
+      <c r="L20" s="66"/>
     </row>
     <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="88" t="s">
+      <c r="A21" s="67" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="23"/>
       <c r="F21" s="8"/>
       <c r="G21" s="9"/>
       <c r="H21" s="10"/>
-      <c r="I21" s="76" t="s">
+      <c r="I21" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="J21" s="77"/>
-[...1 lines deleted...]
-      <c r="L21" s="78"/>
+      <c r="J21" s="56"/>
+      <c r="K21" s="56"/>
+      <c r="L21" s="57"/>
     </row>
     <row r="22" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="89"/>
+      <c r="A22" s="68"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="24"/>
       <c r="F22" s="11"/>
       <c r="G22" s="12"/>
       <c r="H22" s="13"/>
-      <c r="I22" s="79"/>
-[...2 lines deleted...]
-      <c r="L22" s="81"/>
+      <c r="I22" s="58"/>
+      <c r="J22" s="59"/>
+      <c r="K22" s="59"/>
+      <c r="L22" s="60"/>
     </row>
     <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="96" t="s">
+      <c r="A23" s="69" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="20"/>
       <c r="C23" s="20"/>
       <c r="D23" s="20"/>
       <c r="E23" s="25"/>
       <c r="F23" s="14"/>
       <c r="G23" s="15"/>
       <c r="H23" s="16"/>
-      <c r="I23" s="98" t="s">
+      <c r="I23" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="J23" s="99"/>
-[...1 lines deleted...]
-      <c r="L23" s="100"/>
+      <c r="J23" s="62"/>
+      <c r="K23" s="62"/>
+      <c r="L23" s="63"/>
     </row>
     <row r="24" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="85"/>
+      <c r="A24" s="70"/>
       <c r="B24" s="21"/>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="26"/>
       <c r="F24" s="17"/>
       <c r="G24" s="18"/>
       <c r="H24" s="19"/>
-      <c r="I24" s="101"/>
-[...2 lines deleted...]
-      <c r="L24" s="102"/>
+      <c r="I24" s="64"/>
+      <c r="J24" s="65"/>
+      <c r="K24" s="65"/>
+      <c r="L24" s="66"/>
     </row>
     <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="88" t="s">
+      <c r="A25" s="67" t="s">
         <v>5</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="23"/>
       <c r="F25" s="8"/>
       <c r="G25" s="9"/>
       <c r="H25" s="10"/>
-      <c r="I25" s="76" t="s">
+      <c r="I25" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="J25" s="77"/>
-[...1 lines deleted...]
-      <c r="L25" s="78"/>
+      <c r="J25" s="56"/>
+      <c r="K25" s="56"/>
+      <c r="L25" s="57"/>
     </row>
     <row r="26" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="89"/>
+      <c r="A26" s="68"/>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="24"/>
       <c r="F26" s="11"/>
       <c r="G26" s="12"/>
       <c r="H26" s="13"/>
-      <c r="I26" s="79"/>
-[...2 lines deleted...]
-      <c r="L26" s="81"/>
+      <c r="I26" s="58"/>
+      <c r="J26" s="59"/>
+      <c r="K26" s="59"/>
+      <c r="L26" s="60"/>
     </row>
     <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="96" t="s">
+      <c r="A27" s="69" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="20"/>
       <c r="C27" s="20"/>
       <c r="D27" s="20"/>
       <c r="E27" s="25"/>
       <c r="F27" s="14"/>
       <c r="G27" s="15"/>
       <c r="H27" s="16"/>
-      <c r="I27" s="98" t="s">
+      <c r="I27" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="J27" s="99"/>
-[...1 lines deleted...]
-      <c r="L27" s="100"/>
+      <c r="J27" s="62"/>
+      <c r="K27" s="62"/>
+      <c r="L27" s="63"/>
     </row>
     <row r="28" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="85"/>
+      <c r="A28" s="70"/>
       <c r="B28" s="21"/>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
       <c r="E28" s="26"/>
       <c r="F28" s="17"/>
       <c r="G28" s="18"/>
       <c r="H28" s="19"/>
-      <c r="I28" s="101"/>
-[...2 lines deleted...]
-      <c r="L28" s="102"/>
+      <c r="I28" s="64"/>
+      <c r="J28" s="65"/>
+      <c r="K28" s="65"/>
+      <c r="L28" s="66"/>
     </row>
     <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="88" t="s">
+      <c r="A29" s="67" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="23"/>
       <c r="F29" s="8"/>
       <c r="G29" s="9"/>
       <c r="H29" s="10"/>
-      <c r="I29" s="76" t="s">
+      <c r="I29" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="J29" s="77"/>
-[...1 lines deleted...]
-      <c r="L29" s="78"/>
+      <c r="J29" s="56"/>
+      <c r="K29" s="56"/>
+      <c r="L29" s="57"/>
     </row>
     <row r="30" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="89"/>
+      <c r="A30" s="68"/>
       <c r="B30" s="28"/>
       <c r="C30" s="28"/>
       <c r="D30" s="28"/>
       <c r="E30" s="27"/>
       <c r="F30" s="11"/>
       <c r="G30" s="12"/>
       <c r="H30" s="13"/>
-      <c r="I30" s="79"/>
-[...2 lines deleted...]
-      <c r="L30" s="81"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="59"/>
+      <c r="K30" s="59"/>
+      <c r="L30" s="60"/>
     </row>
     <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="96" t="s">
+      <c r="A31" s="69" t="s">
         <v>27</v>
       </c>
       <c r="B31" s="20"/>
       <c r="C31" s="20"/>
       <c r="D31" s="20"/>
       <c r="E31" s="25"/>
       <c r="F31" s="14"/>
       <c r="G31" s="15"/>
       <c r="H31" s="16"/>
-      <c r="I31" s="98" t="s">
+      <c r="I31" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="J31" s="99"/>
-[...1 lines deleted...]
-      <c r="L31" s="100"/>
+      <c r="J31" s="62"/>
+      <c r="K31" s="62"/>
+      <c r="L31" s="63"/>
     </row>
     <row r="32" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="85"/>
+      <c r="A32" s="70"/>
       <c r="B32" s="21"/>
       <c r="C32" s="21"/>
       <c r="D32" s="21"/>
       <c r="E32" s="26"/>
       <c r="F32" s="17"/>
       <c r="G32" s="18"/>
       <c r="H32" s="19"/>
-      <c r="I32" s="101"/>
-[...2 lines deleted...]
-      <c r="L32" s="102"/>
+      <c r="I32" s="64"/>
+      <c r="J32" s="65"/>
+      <c r="K32" s="65"/>
+      <c r="L32" s="66"/>
     </row>
     <row r="33" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="88" t="s">
+      <c r="A33" s="67" t="s">
         <v>28</v>
       </c>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="23"/>
       <c r="F33" s="8"/>
       <c r="G33" s="9"/>
       <c r="H33" s="10"/>
-      <c r="I33" s="76" t="s">
+      <c r="I33" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="J33" s="77"/>
-[...1 lines deleted...]
-      <c r="L33" s="78"/>
+      <c r="J33" s="56"/>
+      <c r="K33" s="56"/>
+      <c r="L33" s="57"/>
     </row>
     <row r="34" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="89"/>
+      <c r="A34" s="68"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="24"/>
       <c r="F34" s="11"/>
       <c r="G34" s="12"/>
       <c r="H34" s="13"/>
-      <c r="I34" s="79"/>
-[...2 lines deleted...]
-      <c r="L34" s="81"/>
+      <c r="I34" s="58"/>
+      <c r="J34" s="59"/>
+      <c r="K34" s="59"/>
+      <c r="L34" s="60"/>
     </row>
     <row r="35" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="96" t="s">
+      <c r="A35" s="69" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="20"/>
       <c r="C35" s="20"/>
       <c r="D35" s="20"/>
       <c r="E35" s="25"/>
       <c r="F35" s="14"/>
       <c r="G35" s="15"/>
       <c r="H35" s="16"/>
-      <c r="I35" s="98" t="s">
+      <c r="I35" s="61" t="s">
         <v>8</v>
       </c>
-      <c r="J35" s="99"/>
-[...1 lines deleted...]
-      <c r="L35" s="100"/>
+      <c r="J35" s="62"/>
+      <c r="K35" s="62"/>
+      <c r="L35" s="63"/>
     </row>
     <row r="36" spans="1:12" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="97"/>
+      <c r="A36" s="84"/>
       <c r="B36" s="33"/>
       <c r="C36" s="33"/>
       <c r="D36" s="33"/>
       <c r="E36" s="34"/>
       <c r="F36" s="35"/>
       <c r="G36" s="36"/>
       <c r="H36" s="37"/>
-      <c r="I36" s="109"/>
-[...2 lines deleted...]
-      <c r="L36" s="111"/>
+      <c r="I36" s="71"/>
+      <c r="J36" s="72"/>
+      <c r="K36" s="72"/>
+      <c r="L36" s="73"/>
     </row>
     <row r="38" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="29" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="29"/>
       <c r="C38" s="29"/>
       <c r="D38" s="29"/>
       <c r="E38" s="29"/>
       <c r="F38" s="29"/>
       <c r="G38" s="29"/>
       <c r="H38" s="29"/>
       <c r="I38" s="29"/>
       <c r="J38" s="29"/>
       <c r="K38" s="29"/>
       <c r="L38" s="29"/>
     </row>
     <row r="39" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="114" t="s">
+      <c r="A39" s="76" t="s">
         <v>31</v>
       </c>
-      <c r="B39" s="115"/>
-[...9 lines deleted...]
-      <c r="L39" s="115"/>
+      <c r="B39" s="77"/>
+      <c r="C39" s="77"/>
+      <c r="D39" s="77"/>
+      <c r="E39" s="77"/>
+      <c r="F39" s="77"/>
+      <c r="G39" s="77"/>
+      <c r="H39" s="77"/>
+      <c r="I39" s="77"/>
+      <c r="J39" s="77"/>
+      <c r="K39" s="77"/>
+      <c r="L39" s="77"/>
     </row>
     <row r="40" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="29" t="s">
         <v>23</v>
       </c>
       <c r="B40" s="30"/>
       <c r="C40" s="30"/>
       <c r="D40" s="30"/>
       <c r="E40" s="30"/>
       <c r="F40" s="30"/>
-      <c r="G40" s="112" t="s">
+      <c r="G40" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="H40" s="113"/>
-[...2 lines deleted...]
-      <c r="K40" s="113"/>
+      <c r="H40" s="75"/>
+      <c r="I40" s="75"/>
+      <c r="J40" s="75"/>
+      <c r="K40" s="75"/>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B41" s="30"/>
       <c r="C41" s="30"/>
       <c r="D41" s="30"/>
       <c r="E41" s="30"/>
       <c r="F41" s="30"/>
-      <c r="G41" s="113"/>
-[...3 lines deleted...]
-      <c r="K41" s="113"/>
+      <c r="G41" s="75"/>
+      <c r="H41" s="75"/>
+      <c r="I41" s="75"/>
+      <c r="J41" s="75"/>
+      <c r="K41" s="75"/>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="30"/>
       <c r="C42" s="30"/>
       <c r="D42" s="30"/>
       <c r="E42" s="30"/>
       <c r="F42" s="30"/>
       <c r="G42" s="30"/>
       <c r="H42" s="30"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
     </row>
     <row r="43" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="29" t="s">
         <v>39</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="5"/>
       <c r="D43" s="5"/>
       <c r="E43" s="5"/>
       <c r="F43" s="5"/>
@@ -3439,63 +3192,63 @@
       <c r="K46" s="4"/>
       <c r="L46" s="4"/>
     </row>
     <row r="47" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="44" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="42" t="s">
         <v>33</v>
       </c>
       <c r="C47" s="42"/>
       <c r="D47" s="42"/>
       <c r="E47" s="42"/>
       <c r="F47" s="42"/>
       <c r="G47" s="41" t="s">
         <v>20</v>
       </c>
       <c r="H47" s="43"/>
       <c r="I47" s="41"/>
       <c r="J47" s="41"/>
       <c r="K47" s="41"/>
       <c r="L47" s="41"/>
     </row>
     <row r="48" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="42"/>
-      <c r="B48" s="106" t="s">
+      <c r="B48" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="C48" s="107"/>
-[...8 lines deleted...]
-      <c r="L48" s="108"/>
+      <c r="C48" s="53"/>
+      <c r="D48" s="53"/>
+      <c r="E48" s="53"/>
+      <c r="F48" s="53"/>
+      <c r="G48" s="53"/>
+      <c r="H48" s="53"/>
+      <c r="I48" s="53"/>
+      <c r="J48" s="54"/>
+      <c r="K48" s="54"/>
+      <c r="L48" s="54"/>
     </row>
     <row r="50" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A50" ph="1"/>
       <c r="B50" ph="1"/>
       <c r="C50" ph="1"/>
       <c r="D50" ph="1"/>
       <c r="E50" ph="1"/>
     </row>
     <row r="51" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A51" ph="1"/>
       <c r="B51" ph="1"/>
       <c r="C51" ph="1"/>
       <c r="D51" ph="1"/>
       <c r="E51" ph="1"/>
     </row>
     <row r="52" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A52" ph="1"/>
       <c r="B52" ph="1"/>
       <c r="C52" ph="1"/>
       <c r="D52" ph="1"/>
       <c r="E52" ph="1"/>
     </row>
     <row r="54" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A54" ph="1"/>
       <c r="B54" ph="1"/>
@@ -4008,803 +3761,126 @@
       <c r="E133" ph="1"/>
     </row>
     <row r="134" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A134" ph="1"/>
       <c r="B134" ph="1"/>
       <c r="C134" ph="1"/>
       <c r="D134" ph="1"/>
       <c r="E134" ph="1"/>
     </row>
     <row r="135" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A135" ph="1"/>
       <c r="B135" ph="1"/>
       <c r="C135" ph="1"/>
       <c r="D135" ph="1"/>
       <c r="E135" ph="1"/>
     </row>
     <row r="136" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A136" ph="1"/>
       <c r="B136" ph="1"/>
       <c r="C136" ph="1"/>
       <c r="D136" ph="1"/>
       <c r="E136" ph="1"/>
     </row>
   </sheetData>
   <mergeCells count="42">
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A5:L5"/>
+    <mergeCell ref="A6:L6"/>
+    <mergeCell ref="B12:L12"/>
+    <mergeCell ref="B13:I13"/>
+    <mergeCell ref="J13:L13"/>
+    <mergeCell ref="B11:H11"/>
+    <mergeCell ref="I14:L14"/>
+    <mergeCell ref="B9:L9"/>
+    <mergeCell ref="B10:L10"/>
+    <mergeCell ref="I15:L16"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A15:D16"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="F15:H16"/>
+    <mergeCell ref="I25:L26"/>
+    <mergeCell ref="A35:A36"/>
+    <mergeCell ref="A25:A26"/>
+    <mergeCell ref="A27:A28"/>
+    <mergeCell ref="I23:L24"/>
+    <mergeCell ref="I21:L22"/>
+    <mergeCell ref="A23:A24"/>
+    <mergeCell ref="I27:L28"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B48:L48"/>
     <mergeCell ref="I29:L30"/>
     <mergeCell ref="I31:L32"/>
     <mergeCell ref="A29:A30"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="I33:L34"/>
     <mergeCell ref="I35:L36"/>
     <mergeCell ref="A33:A34"/>
     <mergeCell ref="G40:K41"/>
     <mergeCell ref="I17:L18"/>
     <mergeCell ref="A39:L39"/>
     <mergeCell ref="I19:L20"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A20"/>
-    <mergeCell ref="A21:A22"/>
-[...24 lines deleted...]
-    <mergeCell ref="A15:D16"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.62992125984251968" right="0.23622047244094491" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...674 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A52" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>団体申込用紙</vt:lpstr>
-      <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>千葉県まちづくり公社</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>